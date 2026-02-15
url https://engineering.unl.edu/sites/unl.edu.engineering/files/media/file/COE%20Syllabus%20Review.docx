--- v0 (2025-12-16)
+++ v1 (2026-02-15)
@@ -1439,71 +1439,81 @@
             <w:r w:rsidRPr="00C336CF">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="005E48B5">
               <w:rPr>
                 <w:color w:val="0070C0"/>
               </w:rPr>
               <w:t>Enter comment</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005E48B5" w:rsidRPr="00C336CF" w14:paraId="6C4CD3BE" w14:textId="77777777" w:rsidTr="006251F4">
         <w:trPr>
           <w:trHeight w:val="386"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5035" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0940FCB1" w14:textId="679AC8D0" w:rsidR="005E48B5" w:rsidRPr="00D617F2" w:rsidRDefault="005E48B5" w:rsidP="005E48B5">
-[...19 lines deleted...]
-            </w:hyperlink>
+          <w:p w14:paraId="0940FCB1" w14:textId="793972C8" w:rsidR="005E48B5" w:rsidRPr="00D617F2" w:rsidRDefault="005E48B5" w:rsidP="005E48B5">
+            <w:pPr>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="000000"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="00927362">
+              <w:instrText>HYPERLINK "https://engineering.unl.edu/ecec/assessment-data-analytics/abet-assessment/"</w:instrText>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00D617F2">
+              <w:rPr>
+                <w:rStyle w:val="Hyperlink"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:kern w:val="0"/>
+                <w14:ligatures w14:val="none"/>
+              </w:rPr>
+              <w:t>ABET outcomes</w:t>
+            </w:r>
+            <w:r>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
             <w:r w:rsidRPr="00D617F2">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> covered</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1D2AC3FB" w14:textId="69BC11B8" w:rsidR="005E48B5" w:rsidRPr="00C336CF" w:rsidRDefault="005E48B5" w:rsidP="005E48B5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005E48B5">
@@ -1926,51 +1936,51 @@
                 <w:color w:val="0070C0"/>
               </w:rPr>
               <w:t>Enter comment</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DE04AB" w:rsidRPr="00C336CF" w14:paraId="230E9CAB" w14:textId="77777777" w:rsidTr="006251F4">
         <w:trPr>
           <w:trHeight w:val="260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5035" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7E130DBC" w14:textId="1220086F" w:rsidR="00DE04AB" w:rsidRPr="00D617F2" w:rsidRDefault="00DE04AB" w:rsidP="00DE04AB">
             <w:pPr>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId7" w:history="1">
               <w:r w:rsidRPr="00D617F2">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b w:val="0"/>
                   <w:bCs w:val="0"/>
                   <w:kern w:val="0"/>
                   <w14:ligatures w14:val="none"/>
                 </w:rPr>
                 <w:t>ACE outcomes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00D617F2">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
@@ -2450,51 +2460,51 @@
                 <w:iCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> (if none, use</w:t>
             </w:r>
             <w:r w:rsidR="00B1690C">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>/link to</w:t>
             </w:r>
             <w:r w:rsidR="00447517">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> the </w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r w:rsidR="00447517" w:rsidRPr="00B1690C">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:b w:val="0"/>
                   <w:bCs w:val="0"/>
                   <w:i/>
                   <w:iCs/>
                 </w:rPr>
                 <w:t>University-wide policy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00447517">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -2852,51 +2862,51 @@
               </w:rPr>
               <w:t>Enter comment</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DE04AB" w:rsidRPr="00C336CF" w14:paraId="13BB2860" w14:textId="77777777" w:rsidTr="006251F4">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5035" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="63D401EE" w14:textId="0B3FBD4F" w:rsidR="00DE04AB" w:rsidRPr="00447517" w:rsidRDefault="00DE04AB" w:rsidP="00DE04AB">
             <w:pPr>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r w:rsidRPr="00447517">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:b w:val="0"/>
                   <w:bCs w:val="0"/>
                   <w:i/>
                   <w:iCs/>
                 </w:rPr>
                 <w:t>AI policy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="575AF109" w14:textId="2AF8DA5A" w:rsidR="00DE04AB" w:rsidRPr="00C336CF" w:rsidRDefault="00DE04AB" w:rsidP="00DE04AB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
@@ -2933,89 +2943,63 @@
               </w:rPr>
               <w:t>Enter comment</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DE04AB" w:rsidRPr="00C336CF" w14:paraId="6338C17A" w14:textId="77777777" w:rsidTr="006251F4">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5035" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="55C1E5CA" w14:textId="7D19DA59" w:rsidR="00DE04AB" w:rsidRPr="00447517" w:rsidRDefault="00DE04AB" w:rsidP="00DE04AB">
             <w:pPr>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r w:rsidRPr="00447517">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b w:val="0"/>
                   <w:bCs w:val="0"/>
                   <w:i/>
                   <w:iCs/>
                   <w:kern w:val="0"/>
                   <w14:ligatures w14:val="none"/>
                 </w:rPr>
-                <w:t>Academic Inte</w:t>
-[...25 lines deleted...]
-                <w:t>rity policy</w:t>
+                <w:t>Academic Integrity policy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="0A996175" w14:textId="73F1F94F" w:rsidR="00DE04AB" w:rsidRPr="00C336CF" w:rsidRDefault="00DE04AB" w:rsidP="00DE04AB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005E48B5">
               <w:rPr>
                 <w:color w:val="0070C0"/>
               </w:rPr>
               <w:t>Y/N</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -3381,51 +3365,51 @@
         <w:trPr>
           <w:trHeight w:val="680"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5035" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="532D92A6" w14:textId="729EB68F" w:rsidR="00DE04AB" w:rsidRPr="00D617F2" w:rsidRDefault="00DE04AB" w:rsidP="00DE04AB">
             <w:pPr>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D617F2">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">Contact Information for </w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r w:rsidRPr="00D617F2">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b w:val="0"/>
                   <w:bCs w:val="0"/>
                   <w:kern w:val="0"/>
                   <w14:ligatures w14:val="none"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Technical support and Canvas help </w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="165FBCA7" w14:textId="6B1BA714" w:rsidR="00DE04AB" w:rsidRPr="00C336CF" w:rsidRDefault="00DE04AB" w:rsidP="00DE04AB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
@@ -3472,51 +3456,51 @@
         <w:trPr>
           <w:trHeight w:val="680"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5035" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="19A79D3D" w14:textId="047CA85C" w:rsidR="00DE04AB" w:rsidRPr="00D617F2" w:rsidRDefault="00DE04AB" w:rsidP="00DE04AB">
             <w:pPr>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D617F2">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">Contact information for </w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:b w:val="0"/>
                   <w:bCs w:val="0"/>
                 </w:rPr>
                 <w:t>Ma</w:t>
               </w:r>
               <w:r w:rsidRPr="0056529E">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:b w:val="0"/>
                   <w:bCs w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">th </w:t>
               </w:r>
               <w:r>
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:b w:val="0"/>
                   <w:bCs w:val="0"/>
                 </w:rPr>
                 <w:t>R</w:t>
               </w:r>
               <w:r w:rsidRPr="0056529E">
@@ -3530,119 +3514,119 @@
               <w:r>
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:b w:val="0"/>
                   <w:bCs w:val="0"/>
                 </w:rPr>
                 <w:t>C</w:t>
               </w:r>
               <w:r w:rsidRPr="0056529E">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:b w:val="0"/>
                   <w:bCs w:val="0"/>
                 </w:rPr>
                 <w:t>enter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="0056529E">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:b w:val="0"/>
                   <w:bCs w:val="0"/>
                 </w:rPr>
                 <w:t>Li</w:t>
               </w:r>
               <w:r w:rsidRPr="0000168F">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:b w:val="0"/>
                   <w:bCs w:val="0"/>
                 </w:rPr>
                 <w:t>brary</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="0000168F">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:b w:val="0"/>
                   <w:bCs w:val="0"/>
                 </w:rPr>
                 <w:t>W</w:t>
               </w:r>
               <w:r w:rsidRPr="0056529E">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:b w:val="0"/>
                   <w:bCs w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">riting </w:t>
               </w:r>
               <w:r>
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:b w:val="0"/>
                   <w:bCs w:val="0"/>
                 </w:rPr>
                 <w:t>C</w:t>
               </w:r>
               <w:r w:rsidRPr="0056529E">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:b w:val="0"/>
                   <w:bCs w:val="0"/>
                 </w:rPr>
                 <w:t>enter</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r w:rsidRPr="0056529E">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:b w:val="0"/>
                   <w:bCs w:val="0"/>
                 </w:rPr>
                 <w:t>Nebraska Engineering Support and Tutoring</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
             <w:noWrap/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4E47DF5D" w14:textId="75353B61" w:rsidR="00DE04AB" w:rsidRPr="00C336CF" w:rsidRDefault="00DE04AB" w:rsidP="00DE04AB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
@@ -3690,51 +3674,51 @@
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5035" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="175BA357" w14:textId="67767628" w:rsidR="00DE04AB" w:rsidRPr="00447517" w:rsidRDefault="00DE04AB" w:rsidP="00DE04AB">
             <w:pPr>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00447517">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">Accommodations for Students with Disability Policy (including contact info for </w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r w:rsidRPr="00447517">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b w:val="0"/>
                   <w:bCs w:val="0"/>
                   <w:i/>
                   <w:iCs/>
                   <w:kern w:val="0"/>
                   <w14:ligatures w14:val="none"/>
                 </w:rPr>
                 <w:t>Office of Services for Students with Disabilities</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00447517">
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -3806,122 +3790,122 @@
             <w:r w:rsidRPr="00447517">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">Contact Information for Mental Health and Well-Being </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="365C3507" w14:textId="77777777" w:rsidR="00DE04AB" w:rsidRDefault="00DE04AB" w:rsidP="00DE04AB">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">UNL: </w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r w:rsidRPr="00DE04AB">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:b w:val="0"/>
                   <w:bCs w:val="0"/>
                 </w:rPr>
                 <w:t>Counseling and Psychological &amp; Services</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidRPr="00DE04AB">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r w:rsidRPr="00DE04AB">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:b w:val="0"/>
                   <w:bCs w:val="0"/>
                 </w:rPr>
                 <w:t>Well-Being Collective</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="090B06DA" w14:textId="5CE38079" w:rsidR="00DE04AB" w:rsidRDefault="00DE04AB" w:rsidP="00DE04AB">
             <w:pPr>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">UNO: </w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r w:rsidRPr="00DE04AB">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:b w:val="0"/>
                   <w:bCs w:val="0"/>
                 </w:rPr>
                 <w:t>Counseling and Psychological Services</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r w:rsidRPr="00DE04AB">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:b w:val="0"/>
                   <w:bCs w:val="0"/>
                 </w:rPr>
                 <w:t>UNO Wellness Center</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="071299A3" w14:textId="2AB0D3E8" w:rsidR="00DE04AB" w:rsidRPr="005E48B5" w:rsidRDefault="00DE04AB" w:rsidP="00DE04AB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:color w:val="0070C0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005E48B5">
@@ -4226,112 +4210,114 @@
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:panose1 w:val="020B0004020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="157"/>
+  <w:zoom w:percent="140"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C336CF"/>
     <w:rsid w:val="0000168F"/>
     <w:rsid w:val="00046B75"/>
     <w:rsid w:val="000918A4"/>
     <w:rsid w:val="001003E5"/>
     <w:rsid w:val="0011233E"/>
     <w:rsid w:val="00123297"/>
     <w:rsid w:val="00172A7A"/>
     <w:rsid w:val="0022315F"/>
     <w:rsid w:val="002F0A78"/>
     <w:rsid w:val="003108EE"/>
     <w:rsid w:val="00343B7A"/>
     <w:rsid w:val="003A554D"/>
     <w:rsid w:val="0044548D"/>
     <w:rsid w:val="00447517"/>
     <w:rsid w:val="004614B8"/>
     <w:rsid w:val="004B1995"/>
     <w:rsid w:val="0056529E"/>
     <w:rsid w:val="005E48B5"/>
     <w:rsid w:val="006251F4"/>
     <w:rsid w:val="00693F3F"/>
     <w:rsid w:val="006D7792"/>
     <w:rsid w:val="00737AC4"/>
     <w:rsid w:val="00792CEB"/>
     <w:rsid w:val="008063C4"/>
     <w:rsid w:val="00865A4D"/>
     <w:rsid w:val="008B7AC3"/>
     <w:rsid w:val="008D2435"/>
+    <w:rsid w:val="00927362"/>
     <w:rsid w:val="00931334"/>
     <w:rsid w:val="00A30CA5"/>
     <w:rsid w:val="00A9445B"/>
     <w:rsid w:val="00AC3F3D"/>
     <w:rsid w:val="00AD25D0"/>
     <w:rsid w:val="00B1690C"/>
     <w:rsid w:val="00B87A0D"/>
     <w:rsid w:val="00BF0C73"/>
     <w:rsid w:val="00C336CF"/>
     <w:rsid w:val="00C44B6D"/>
     <w:rsid w:val="00C55EF3"/>
     <w:rsid w:val="00C91262"/>
     <w:rsid w:val="00CB4DDD"/>
     <w:rsid w:val="00CC5D59"/>
     <w:rsid w:val="00D307C9"/>
     <w:rsid w:val="00D617F2"/>
     <w:rsid w:val="00DC5C4F"/>
     <w:rsid w:val="00DD0A5B"/>
     <w:rsid w:val="00DE04AB"/>
     <w:rsid w:val="00E14F3C"/>
     <w:rsid w:val="00E62639"/>
+    <w:rsid w:val="00EA21E7"/>
     <w:rsid w:val="00EB3B06"/>
     <w:rsid w:val="00ED1007"/>
     <w:rsid w:val="00F0107F"/>
     <w:rsid w:val="00F47FF2"/>
     <w:rsid w:val="00F63B43"/>
     <w:rsid w:val="00F80B4E"/>
     <w:rsid w:val="00F960D8"/>
     <w:rsid w:val="1F0D727F"/>
     <w:rsid w:val="5DB35EE4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
@@ -4924,50 +4910,51 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading9Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00C336CF"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
@@ -5377,51 +5364,51 @@
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0000168F"/>
     <w:rPr>
       <w:color w:val="96607D" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ace.unl.edu/about/outcomes/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://math.unl.edu/math-resource-center/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://caps.unl.edu/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.unomaha.edu/student-life/wellness/index.php" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.abet.org/accreditation/accreditation-criteria/criteria-for-accrediting-engineering-programs-2025-2026/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://its.unl.edu/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ssd.unl.edu/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://engineering.unl.edu/nest/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.unomaha.edu/student-life/wellness/counseling-and-psychological-services/index.php" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://its.unl.edu/departments/digital-learning-center/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://studentconduct.unl.edu/academic-integrity" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://facultysenate.unl.edu/faculty-senate-policies-and-documents/unl-syllabus-policy/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://writing.unl.edu/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teaching.unl.edu/resources/ai/AI-Policy-Creation/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wellbeing.unl.edu/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://executivevc.unl.edu/academic-excellence/teaching-resources/course-policies/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://libraries.unl.edu/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://executivevc.unl.edu/academic-excellence/teaching-resources/course-policies/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://libraries.unl.edu/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wellbeing.unl.edu/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ace.unl.edu/about/outcomes/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://math.unl.edu/math-resource-center/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://caps.unl.edu/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ssd.unl.edu/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.unomaha.edu/student-life/wellness/index.php" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://its.unl.edu/departments/digital-learning-center/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://its.unl.edu/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://facultysenate.unl.edu/faculty-senate-policies-and-documents/unl-syllabus-policy/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://engineering.unl.edu/nest/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://studentconduct.unl.edu/academic-integrity" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.unomaha.edu/student-life/wellness/counseling-and-psychological-services/index.php" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://teaching.unl.edu/resources/ai/AI-Policy-Creation/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://writing.unl.edu/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -5680,61 +5667,61 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>596</Words>
-  <Characters>3400</Characters>
+  <Words>551</Words>
+  <Characters>3406</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>28</Lines>
-  <Paragraphs>7</Paragraphs>
+  <Lines>243</Lines>
+  <Paragraphs>232</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3989</CharactersWithSpaces>
+  <CharactersWithSpaces>3725</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HLinks>
     <vt:vector size="66" baseType="variant">
       <vt:variant>
         <vt:i4>4653150</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>30</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://ssd.unl.edu/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>5963859</vt:i4>
       </vt:variant>